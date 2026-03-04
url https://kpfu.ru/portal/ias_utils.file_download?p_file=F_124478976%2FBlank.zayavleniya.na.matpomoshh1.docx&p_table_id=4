--- v0 (2025-12-07)
+++ v1 (2026-03-04)
@@ -1,186 +1,146 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
-  <Override PartName="/word/stylesWithEffects.xml" ContentType="application/vnd.ms-word.stylesWithEffects+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="a5"/>
         <w:tblW w:w="9464" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:insideH w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:insideV w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="3652"/>
         <w:gridCol w:w="5812"/>
       </w:tblGrid>
       <w:tr w:rsidR="009260FE" w:rsidTr="009260FE">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3652" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="009260FE" w:rsidRDefault="009260FE" w:rsidP="009260FE">
             <w:pPr>
               <w:pStyle w:val="1"/>
               <w:rPr>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5812" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="009260FE" w:rsidRPr="003A2C60" w:rsidRDefault="009260FE" w:rsidP="009260FE">
             <w:pPr>
               <w:keepNext/>
               <w:outlineLvl w:val="0"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:bookmarkStart w:id="0" w:name="_GoBack"/>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>Председателю профкома</w:t>
+              <w:t xml:space="preserve">Председателю </w:t>
+            </w:r>
+            <w:r w:rsidR="00406CAD">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>ППО работников КФУ</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="009260FE" w:rsidRPr="003A2C60" w:rsidRDefault="009260FE" w:rsidP="009260FE">
+          <w:p w:rsidR="009260FE" w:rsidRPr="003A2C60" w:rsidRDefault="00406CAD" w:rsidP="009260FE">
             <w:pPr>
               <w:keepNext/>
               <w:outlineLvl w:val="1"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="003A2C60">
+            <w:r>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t xml:space="preserve">ФГАОУ </w:t>
-[...48 lines deleted...]
-              <w:t>федеральный университет»</w:t>
+              <w:t>Общероссийского профсоюза образования</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="009260FE" w:rsidRPr="003A2C60" w:rsidRDefault="009260FE" w:rsidP="009260FE">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:rPr>
                 <w:b/>
                 <w:i/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="003A2C60">
               <w:rPr>
                 <w:b/>
                 <w:i/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">                </w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="009260FE" w:rsidRPr="002963EA" w:rsidRDefault="009260FE" w:rsidP="009260FE">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
@@ -430,137 +390,93 @@
                 <w:iCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>__________________________________________</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="009260FE" w:rsidRPr="002963EA" w:rsidRDefault="009260FE" w:rsidP="009260FE">
             <w:pPr>
               <w:rPr>
                 <w:bCs/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002963EA">
               <w:rPr>
                 <w:bCs/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t xml:space="preserve">                                                   (кем </w:t>
-[...21 lines deleted...]
-              <w:t>)</w:t>
+              <w:t xml:space="preserve">                                                   (кем выдан)</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="009260FE" w:rsidRPr="002963EA" w:rsidRDefault="009260FE" w:rsidP="009260FE">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:rPr>
                 <w:bCs/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:bCs/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>з</w:t>
             </w:r>
             <w:r w:rsidRPr="002963EA">
               <w:rPr>
                 <w:bCs/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>арегистрирова</w:t>
-[...10 lines deleted...]
-              <w:t>н</w:t>
+              <w:t>арегистрирован</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:bCs/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>(</w:t>
-[...10 lines deleted...]
-              <w:t>а) по адресу: _______________</w:t>
+              <w:t>(а) по адресу: _______________</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="009260FE" w:rsidRPr="002963EA" w:rsidRDefault="009260FE" w:rsidP="009260FE">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
             </w:pPr>
             <w:r w:rsidRPr="002963EA">
               <w:t>__________________________________________________</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="009260FE" w:rsidRPr="002963EA" w:rsidRDefault="009260FE" w:rsidP="009260FE">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:rPr>
                 <w:bCs/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002963EA">
               <w:rPr>
                 <w:bCs/>
                 <w:i/>
@@ -632,83 +548,70 @@
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">Страх. </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="002963EA">
               <w:rPr>
                 <w:bCs/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>св</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="002963EA">
               <w:rPr>
                 <w:bCs/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>-во</w:t>
-[...12 lines deleted...]
-            <w:proofErr w:type="gramEnd"/>
+              <w:t>-во: |__|__|__|-|__|__|__|-|__|__|__|-|__|__|</w:t>
+            </w:r>
           </w:p>
           <w:p w:rsidR="009260FE" w:rsidRDefault="009260FE" w:rsidP="009260FE">
             <w:pPr>
               <w:pStyle w:val="1"/>
               <w:rPr>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002963EA">
               <w:rPr>
                 <w:bCs/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Контактный телефон: ____________________</w:t>
             </w:r>
-            <w:bookmarkEnd w:id="0"/>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w:rsidR="0092141D" w:rsidRDefault="0092141D" w:rsidP="009260FE">
       <w:pPr>
         <w:pStyle w:val="1"/>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="0092141D" w:rsidRDefault="0092141D">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="0092141D" w:rsidRDefault="0092141D">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="28"/>
         </w:rPr>
       </w:pPr>
@@ -804,51 +707,77 @@
     <w:p w:rsidR="0092141D" w:rsidRDefault="0092141D">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>____________________________________________________________________</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="0092141D" w:rsidRDefault="00881FBD">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
-        <w:t>«___»____________20</w:t>
+        <w:t>«__</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>_»</w:t>
+      </w:r>
+      <w:r w:rsidR="00F96B9A">
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="00F96B9A">
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>____________20</w:t>
       </w:r>
       <w:r w:rsidR="0092141D">
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>__г.</w:t>
       </w:r>
       <w:r w:rsidR="0092141D">
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:tab/>
         <w:t xml:space="preserve">  </w:t>
       </w:r>
       <w:r w:rsidR="0092141D">
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidR="0092141D">
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:tab/>
@@ -916,494 +845,631 @@
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:tab/>
         <w:t xml:space="preserve">       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="18"/>
         </w:rPr>
         <w:t>(подпись)</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="0092141D" w:rsidRDefault="0092141D">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="18"/>
         </w:rPr>
       </w:pPr>
     </w:p>
+    <w:p w:rsidR="0027178D" w:rsidRPr="00F96B9A" w:rsidRDefault="0092141D">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F96B9A">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0092141D" w:rsidRPr="00F96B9A" w:rsidRDefault="0092141D" w:rsidP="00F96B9A">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F96B9A">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Профбюро _________________ факультета, </w:t>
+      </w:r>
+      <w:r w:rsidR="00881FBD" w:rsidRPr="00F96B9A">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">института, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F96B9A">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>подразделения ходатайствует о выдаче материальной помощи в размере ____________руб.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0092141D" w:rsidRPr="00F96B9A" w:rsidRDefault="00881FBD" w:rsidP="00F96B9A">
+      <w:pPr>
+        <w:pStyle w:val="aa"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00F96B9A">
+        <w:t>«__</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00F96B9A">
+        <w:t>_»_</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00F96B9A">
+        <w:t>___________20</w:t>
+      </w:r>
+      <w:r w:rsidR="0092141D" w:rsidRPr="00F96B9A">
+        <w:t>__г.</w:t>
+      </w:r>
+      <w:r w:rsidR="0092141D" w:rsidRPr="00F96B9A">
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="0092141D" w:rsidRPr="00F96B9A">
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="0092141D" w:rsidRPr="00F96B9A">
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="0092141D" w:rsidRPr="00F96B9A">
+        <w:tab/>
+        <w:t>__________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0092141D" w:rsidRPr="00F96B9A" w:rsidRDefault="0092141D">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F96B9A">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t xml:space="preserve">                                                                 (подпись председателя профбюро)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0092141D" w:rsidRPr="00F96B9A" w:rsidRDefault="0092141D">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="0" w:name="_GoBack"/>
+      <w:bookmarkEnd w:id="0"/>
+    </w:p>
     <w:p w:rsidR="0027178D" w:rsidRDefault="0092141D">
       <w:pPr>
-        <w:jc w:val="both"/>
-[...112 lines deleted...]
-      <w:pPr>
         <w:pStyle w:val="a3"/>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00AD4DCE" w:rsidRDefault="00823073">
+    <w:p w:rsidR="00F96B9A" w:rsidRDefault="00823073">
       <w:pPr>
         <w:pStyle w:val="a3"/>
       </w:pPr>
       <w:r>
         <w:t>Социально-экономическая к</w:t>
       </w:r>
       <w:r w:rsidR="00793CA4">
         <w:t>омиссия</w:t>
       </w:r>
       <w:r w:rsidR="0092141D">
-        <w:t xml:space="preserve"> профкома </w:t>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00406CAD">
+        <w:t>ППО работников КФУ Общероссийского профсоюза образования</w:t>
       </w:r>
       <w:r w:rsidR="00793CA4">
-        <w:t>КФУ решила выделить материальную помощь</w:t>
+        <w:t xml:space="preserve"> решила выделить материальную помощь</w:t>
       </w:r>
       <w:r w:rsidR="00AD4DCE">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">сотруднику </w:t>
       </w:r>
       <w:r w:rsidR="00AD4DCE">
-        <w:t>_____________________________</w:t>
-[...5 lines deleted...]
-        <w:t xml:space="preserve">________    </w:t>
+        <w:t>_____________</w:t>
+      </w:r>
+      <w:r>
+        <w:t>_____________</w:t>
+      </w:r>
+      <w:r w:rsidR="00406CAD">
+        <w:t>________________</w:t>
+      </w:r>
+      <w:r w:rsidR="00F96B9A">
+        <w:t xml:space="preserve">     в размере   _________ рублей.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00AD4DCE" w:rsidRPr="00AD4DCE" w:rsidRDefault="00AD4DCE">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:rPr>
           <w:vertAlign w:val="subscript"/>
         </w:rPr>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">                                                                                   </w:t>
+        <w:t xml:space="preserve">         </w:t>
       </w:r>
       <w:r w:rsidR="00823073">
         <w:t xml:space="preserve">   </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:vertAlign w:val="subscript"/>
         </w:rPr>
         <w:t>(Ф.И.О.)</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="0092141D" w:rsidRDefault="00881FBD">
-[...9 lines deleted...]
-    </w:p>
     <w:p w:rsidR="0027178D" w:rsidRDefault="0027178D">
       <w:pPr>
         <w:pStyle w:val="3"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="00AD4DCE" w:rsidRDefault="00AD4DCE">
       <w:pPr>
         <w:pStyle w:val="3"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="00AD4DCE" w:rsidRDefault="00AD4DCE">
       <w:pPr>
         <w:pStyle w:val="3"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="009260FE" w:rsidRDefault="0092141D" w:rsidP="00823073">
       <w:pPr>
         <w:pStyle w:val="3"/>
         <w:rPr>
           <w:sz w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Председатель </w:t>
       </w:r>
       <w:r w:rsidR="00823073">
         <w:t xml:space="preserve">социально-экономической </w:t>
       </w:r>
       <w:r w:rsidR="00793CA4">
         <w:t>комиссии</w:t>
       </w:r>
       <w:r w:rsidR="007B6D52" w:rsidRPr="007B6D52">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00823073">
-[...1 lines deleted...]
-      </w:r>
       <w:r w:rsidR="00793CA4">
         <w:rPr>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">                                </w:t>
-[...2 lines deleted...]
-    <w:p w:rsidR="0092141D" w:rsidRPr="009260FE" w:rsidRDefault="009260FE" w:rsidP="009260FE">
+        <w:t xml:space="preserve">                               </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00406CAD" w:rsidRDefault="00406CAD" w:rsidP="009260FE">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="009260FE">
+      <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>профкома КФУ</w:t>
+        <w:t>ППО работников КФУ Общероссийского</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0092141D" w:rsidRPr="009260FE" w:rsidRDefault="00406CAD" w:rsidP="009260FE">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">профсоюза образования                                                           </w:t>
+      </w:r>
+      <w:r>
+        <w:t>_____________/______________</w:t>
       </w:r>
     </w:p>
     <w:sectPr w:rsidR="0092141D" w:rsidRPr="009260FE" w:rsidSect="00823073">
-      <w:headerReference w:type="default" r:id="rId7"/>
+      <w:headerReference w:type="default" r:id="rId6"/>
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="851" w:right="1133" w:bottom="426" w:left="1800" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:space="720"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w:rsidR="00B8624B" w:rsidRDefault="00B8624B" w:rsidP="009260FE">
+    <w:p w:rsidR="00806212" w:rsidRDefault="00806212" w:rsidP="009260FE">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w:rsidR="00B8624B" w:rsidRDefault="00B8624B" w:rsidP="009260FE">
+    <w:p w:rsidR="00806212" w:rsidRDefault="00806212" w:rsidP="009260FE">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
+  <w:font w:name="Calibri">
+    <w:panose1 w:val="020F0502020204030204"/>
+    <w:charset w:val="CC"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Calibri">
-[...5 lines deleted...]
-  </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w:rsidR="00B8624B" w:rsidRDefault="00B8624B" w:rsidP="009260FE">
+    <w:p w:rsidR="00806212" w:rsidRDefault="00806212" w:rsidP="009260FE">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w:rsidR="00B8624B" w:rsidRDefault="00B8624B" w:rsidP="009260FE">
+    <w:p w:rsidR="00806212" w:rsidRDefault="00806212" w:rsidP="009260FE">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:p w:rsidR="009260FE" w:rsidRDefault="009260FE" w:rsidP="009260FE">
     <w:pPr>
       <w:pStyle w:val="a6"/>
       <w:jc w:val="right"/>
     </w:pPr>
-    <w:r>
-[...1 lines deleted...]
-    </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14">
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid">
   <w:zoom w:percent="100"/>
   <w:embedSystemFonts/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:stylePaneFormatFilter w:val="3F01" w:allStyles="1" w:customStyles="0" w:latentStyles="0" w:stylesInUse="0" w:headingStyles="0" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="1" w:directFormattingOnParagraphs="1" w:directFormattingOnNumbering="1" w:directFormattingOnTables="1" w:clearFormatting="1" w:top3HeadingStyles="1" w:visibleStyles="0" w:alternateStyleNames="0"/>
   <w:defaultTabStop w:val="720"/>
   <w:displayHorizontalDrawingGridEvery w:val="0"/>
   <w:displayVerticalDrawingGridEvery w:val="0"/>
   <w:doNotUseMarginsForDrawingGridOrigin/>
   <w:noPunctuationKerning/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="14"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="0081521F"/>
     <w:rsid w:val="0027178D"/>
     <w:rsid w:val="00372439"/>
+    <w:rsid w:val="003F11DD"/>
+    <w:rsid w:val="00406CAD"/>
     <w:rsid w:val="005B1E69"/>
+    <w:rsid w:val="00633B65"/>
     <w:rsid w:val="00793CA4"/>
     <w:rsid w:val="007B6D52"/>
+    <w:rsid w:val="00806212"/>
     <w:rsid w:val="0081521F"/>
     <w:rsid w:val="00823073"/>
     <w:rsid w:val="00881FBD"/>
     <w:rsid w:val="0092141D"/>
     <w:rsid w:val="009260FE"/>
     <w:rsid w:val="00A5343D"/>
     <w:rsid w:val="00AD4DCE"/>
     <w:rsid w:val="00B8624B"/>
     <w:rsid w:val="00CD062A"/>
     <w:rsid w:val="00D37E7F"/>
+    <w:rsid w:val="00E22AD0"/>
     <w:rsid w:val="00F92A18"/>
+    <w:rsid w:val="00F96B9A"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="ru-RU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotIncludeSubdocsInStats/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
+  <w14:docId w14:val="43F6C940"/>
+  <w15:docId w15:val="{D7A8D5A3-1F05-47CC-968A-49E94D996C5D}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:lang w:val="ru-RU" w:eastAsia="ru-RU" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
-  <w:latentStyles w:defLockedState="0" w:defUIPriority="0" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="267">
+  <w:latentStyles w:defLockedState="0" w:defUIPriority="0" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="375">
     <w:lsdException w:name="Normal" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:qFormat="1"/>
-    <w:lsdException w:name="heading 3" w:qFormat="1"/>
+    <w:lsdException w:name="heading 3" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Normal Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="footnote text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="annotation text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="header" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="footer" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="caption" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="table of figures" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="envelope address" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="envelope return" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="footnote reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="annotation reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="line number" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="page number" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="endnote reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="endnote text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="table of authorities" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toa heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Title" w:qFormat="1"/>
+    <w:lsdException w:name="Closing" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Signature" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Default Paragraph Font" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Subtitle" w:qFormat="1"/>
+    <w:lsdException w:name="Salutation" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Date" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text First Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text First Indent 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Note Heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text Indent 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text Indent 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Block Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="FollowedHyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Strong" w:qFormat="1"/>
     <w:lsdException w:name="Emphasis" w:qFormat="1"/>
+    <w:lsdException w:name="Document Map" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Plain Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="E-mail Signature" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Top of Form" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Bottom of Form" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Normal (Web)" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Acronym" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Address" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Cite" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Code" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Definition" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Keyboard" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Preformatted" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Sample" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Typewriter" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Variable" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Normal Table" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="annotation subject" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="No List" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Outline List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Outline List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Outline List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Simple 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Simple 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Simple 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Colorful 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Colorful 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Colorful 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table 3D effects 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table 3D effects 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table 3D effects 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Contemporary" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Elegant" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Professional" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Subtle 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Subtle 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Web 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Web 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Placeholder Text" w:semiHidden="1" w:uiPriority="99"/>
     <w:lsdException w:name="No Spacing" w:uiPriority="1" w:qFormat="1"/>
     <w:lsdException w:name="Light Shading" w:uiPriority="60"/>
     <w:lsdException w:name="Light List" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1" w:uiPriority="65"/>
     <w:lsdException w:name="Medium List 2" w:uiPriority="66"/>
     <w:lsdException w:name="Medium Grid 1" w:uiPriority="67"/>
     <w:lsdException w:name="Medium Grid 2" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Grid 3" w:uiPriority="69"/>
     <w:lsdException w:name="Dark List" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid" w:uiPriority="73"/>
     <w:lsdException w:name="Light Shading Accent 1" w:uiPriority="60"/>
     <w:lsdException w:name="Light List Accent 1" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid Accent 1" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1 Accent 1" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2 Accent 1" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1 Accent 1" w:uiPriority="65"/>
     <w:lsdException w:name="Revision" w:semiHidden="1" w:uiPriority="99"/>
     <w:lsdException w:name="List Paragraph" w:uiPriority="34" w:qFormat="1"/>
     <w:lsdException w:name="Quote" w:uiPriority="29" w:qFormat="1"/>
@@ -1471,50 +1537,158 @@
     <w:lsdException w:name="Dark List Accent 5" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading Accent 5" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List Accent 5" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid Accent 5" w:uiPriority="73"/>
     <w:lsdException w:name="Light Shading Accent 6" w:uiPriority="60"/>
     <w:lsdException w:name="Light List Accent 6" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid Accent 6" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1 Accent 6" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2 Accent 6" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1 Accent 6" w:uiPriority="65"/>
     <w:lsdException w:name="Medium List 2 Accent 6" w:uiPriority="66"/>
     <w:lsdException w:name="Medium Grid 1 Accent 6" w:uiPriority="67"/>
     <w:lsdException w:name="Medium Grid 2 Accent 6" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Grid 3 Accent 6" w:uiPriority="69"/>
     <w:lsdException w:name="Dark List Accent 6" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading Accent 6" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List Accent 6" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid Accent 6" w:uiPriority="73"/>
     <w:lsdException w:name="Subtle Emphasis" w:uiPriority="19" w:qFormat="1"/>
     <w:lsdException w:name="Intense Emphasis" w:uiPriority="21" w:qFormat="1"/>
     <w:lsdException w:name="Subtle Reference" w:uiPriority="31" w:qFormat="1"/>
     <w:lsdException w:name="Intense Reference" w:uiPriority="32" w:qFormat="1"/>
     <w:lsdException w:name="Book Title" w:uiPriority="33" w:qFormat="1"/>
     <w:lsdException w:name="Bibliography" w:semiHidden="1" w:uiPriority="37" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="TOC Heading" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="Plain Table 1" w:uiPriority="41"/>
+    <w:lsdException w:name="Plain Table 2" w:uiPriority="42"/>
+    <w:lsdException w:name="Plain Table 3" w:uiPriority="43"/>
+    <w:lsdException w:name="Plain Table 4" w:uiPriority="44"/>
+    <w:lsdException w:name="Plain Table 5" w:uiPriority="45"/>
+    <w:lsdException w:name="Grid Table Light" w:uiPriority="40"/>
+    <w:lsdException w:name="Grid Table 1 Light" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 1" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 1" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 1" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 1" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 1" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 1" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 1" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 2" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 2" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 2" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 2" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 2" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 2" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 2" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 3" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 3" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 3" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 3" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 3" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 3" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 3" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 4" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 4" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 4" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 4" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 4" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 4" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 4" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 5" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 5" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 5" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 5" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 5" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 5" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 5" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 6" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 6" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 6" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 6" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 6" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 6" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 6" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 1" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 1" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 1" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 1" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 1" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 1" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 1" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 2" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 2" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 2" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 2" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 2" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 2" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 2" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 3" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 3" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 3" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 3" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 3" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 3" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 3" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 4" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 4" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 4" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 4" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 4" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
+    <w:lsdException w:name="Mention" w:semiHidden="1" w:uiPriority="99" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:uiPriority="99" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Hashtag" w:semiHidden="1" w:uiPriority="99" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:uiPriority="99" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="a">
     <w:name w:val="Normal"/>
     <w:qFormat/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="1">
     <w:name w:val="heading 1"/>
     <w:basedOn w:val="a"/>
     <w:next w:val="a"/>
     <w:qFormat/>
     <w:pPr>
       <w:keepNext/>
       <w:outlineLvl w:val="0"/>
     </w:pPr>
     <w:rPr>
       <w:sz w:val="28"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="2">
     <w:name w:val="heading 2"/>
     <w:basedOn w:val="a"/>
     <w:next w:val="a"/>
     <w:qFormat/>
     <w:pPr>
       <w:keepNext/>
@@ -1571,410 +1745,143 @@
     <w:name w:val="Body Text"/>
     <w:basedOn w:val="a"/>
     <w:pPr>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:sz w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="a4">
     <w:name w:val="Balloon Text"/>
     <w:basedOn w:val="a"/>
     <w:semiHidden/>
     <w:rsid w:val="00881FBD"/>
     <w:rPr>
       <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
     </w:rPr>
   </w:style>
   <w:style w:type="table" w:styleId="a5">
     <w:name w:val="Table Grid"/>
     <w:basedOn w:val="a1"/>
     <w:rsid w:val="009260FE"/>
     <w:tblPr>
-      <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
       </w:tblBorders>
-      <w:tblCellMar>
-[...4 lines deleted...]
-      </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="a6">
     <w:name w:val="header"/>
     <w:basedOn w:val="a"/>
     <w:link w:val="a7"/>
     <w:rsid w:val="009260FE"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4677"/>
         <w:tab w:val="right" w:pos="9355"/>
       </w:tabs>
     </w:pPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="a7">
     <w:name w:val="Верхний колонтитул Знак"/>
     <w:basedOn w:val="a0"/>
     <w:link w:val="a6"/>
     <w:rsid w:val="009260FE"/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="a8">
     <w:name w:val="footer"/>
     <w:basedOn w:val="a"/>
     <w:link w:val="a9"/>
     <w:rsid w:val="009260FE"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4677"/>
         <w:tab w:val="right" w:pos="9355"/>
       </w:tabs>
     </w:pPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="a9">
     <w:name w:val="Нижний колонтитул Знак"/>
     <w:basedOn w:val="a0"/>
     <w:link w:val="a8"/>
     <w:rsid w:val="009260FE"/>
   </w:style>
-</w:styles>
-[...146 lines deleted...]
-    <w:name w:val="heading 1"/>
+  <w:style w:type="paragraph" w:styleId="aa">
+    <w:name w:val="Subtitle"/>
     <w:basedOn w:val="a"/>
     <w:next w:val="a"/>
+    <w:link w:val="ab"/>
     <w:qFormat/>
+    <w:rsid w:val="00F96B9A"/>
     <w:pPr>
-      <w:keepNext/>
-      <w:outlineLvl w:val="0"/>
+      <w:numPr>
+        <w:ilvl w:val="1"/>
+      </w:numPr>
+      <w:spacing w:after="160"/>
     </w:pPr>
     <w:rPr>
-      <w:sz w:val="28"/>
+      <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+      <w:color w:val="5A5A5A" w:themeColor="text1" w:themeTint="A5"/>
+      <w:spacing w:val="15"/>
+      <w:sz w:val="22"/>
+      <w:szCs w:val="22"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="2">
-[...8 lines deleted...]
-    </w:pPr>
+  <w:style w:type="character" w:customStyle="1" w:styleId="ab">
+    <w:name w:val="Подзаголовок Знак"/>
+    <w:basedOn w:val="a0"/>
+    <w:link w:val="aa"/>
+    <w:rsid w:val="00F96B9A"/>
     <w:rPr>
-      <w:b/>
-      <w:sz w:val="28"/>
+      <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+      <w:color w:val="5A5A5A" w:themeColor="text1" w:themeTint="A5"/>
+      <w:spacing w:val="15"/>
+      <w:sz w:val="22"/>
+      <w:szCs w:val="22"/>
     </w:rPr>
-  </w:style>
-[...118 lines deleted...]
-    <w:rsid w:val="009260FE"/>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid">
   <w:optimizeForBrowser/>
   <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2007/relationships/stylesWithEffects" Target="stylesWithEffects.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Тема Office">
   <a:themeElements>
     <a:clrScheme name="Стандартная">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
@@ -2223,66 +2130,66 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>1</Pages>
-  <Words>285</Words>
-  <Characters>1630</Characters>
+  <Words>292</Words>
+  <Characters>1666</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>13</Lines>
   <Paragraphs>3</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Название</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company>profkom</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>1912</CharactersWithSpaces>
+  <CharactersWithSpaces>1955</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>profkom</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>